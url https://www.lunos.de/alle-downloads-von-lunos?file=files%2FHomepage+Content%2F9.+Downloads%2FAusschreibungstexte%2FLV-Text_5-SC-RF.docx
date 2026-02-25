--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -1,1920 +1,1487 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10083" w:type="dxa"/>
-        <w:jc w:val="center"/>
+        <w:tblW w:w="9983" w:type="dxa"/>
+        <w:tblInd w:w="-214" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="851"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1639"/>
+        <w:gridCol w:w="1828"/>
+        <w:gridCol w:w="5271"/>
+        <w:gridCol w:w="2884"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00050406" w14:paraId="0E345FFC" w14:textId="77777777" w:rsidTr="00910E1B">
+      <w:tr w:rsidR="007A3CDD" w:rsidRPr="00104F69" w14:paraId="5BD0557E" w14:textId="77777777" w:rsidTr="004F44F4">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="693"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="697"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1828" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00D6FF38" w14:textId="152843D5" w:rsidR="00050406" w:rsidRPr="001F0D8D" w:rsidRDefault="00050406" w:rsidP="00910E1B">
+          <w:p w14:paraId="14680827" w14:textId="4625DF73" w:rsidR="007A3CDD" w:rsidRPr="00E769D9" w:rsidRDefault="007A3CDD" w:rsidP="004F44F4">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E769D9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...10 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>Stand 01/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="5271" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5309C768" w14:textId="77777777" w:rsidR="00050406" w:rsidRDefault="00050406" w:rsidP="00910E1B">
+          <w:p w14:paraId="760D8626" w14:textId="77777777" w:rsidR="007A3CDD" w:rsidRPr="00104F69" w:rsidRDefault="007A3CDD" w:rsidP="004F44F4">
             <w:pPr>
-              <w:pStyle w:val="Anrede"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00104F69">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>Ausschreibungstext</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3933C63C" w14:textId="77777777" w:rsidR="00050406" w:rsidRDefault="00225799" w:rsidP="00910E1B">
-[...15 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3056" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2884" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1248CEDB" w14:textId="77777777" w:rsidR="00050406" w:rsidRDefault="00050406" w:rsidP="00910E1B">
+          <w:p w14:paraId="7FE052AB" w14:textId="77777777" w:rsidR="007A3CDD" w:rsidRPr="00104F69" w:rsidRDefault="007A3CDD" w:rsidP="004F44F4">
             <w:pPr>
-              <w:pStyle w:val="Anrede"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009361DE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7A1B3DCB" wp14:editId="021E866B">
-[...2 lines deleted...]
-                  <wp:docPr id="1" name="Grafik 1"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4CA3B8E2" wp14:editId="7E3C28A2">
+                  <wp:extent cx="1533525" cy="790575"/>
+                  <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+                  <wp:docPr id="714291126" name="Grafik 4" descr="Ein Bild, das Schrift, Grafiken, Symbol, Logo enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Grafik 1"/>
+                          <pic:cNvPr id="717045910" name="Grafik 4" descr="Ein Bild, das Schrift, Grafiken, Symbol, Logo enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6" cstate="print">
+                          <a:blip r:embed="rId7" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
-                          <a:srcRect/>
+                          <a:srcRect t="-7776"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1485900" cy="784860"/>
+                            <a:ext cx="1533525" cy="790575"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050406" w14:paraId="4BEDC651" w14:textId="77777777" w:rsidTr="00910E1B">
-[...1253 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="01782B21" w14:textId="77777777" w:rsidR="00F058EB" w:rsidRDefault="00F058EB"/>
-[...10 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:p w14:paraId="626CA7DA" w14:textId="77777777" w:rsidR="007A3CDD" w:rsidRDefault="007A3CDD" w:rsidP="007A3CDD">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D752248" w14:textId="77777777" w:rsidR="00BE0136" w:rsidRDefault="00715A26" w:rsidP="00D93946">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00342BBF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Smart Comfort Steuerung mit integriertem Funkmodul für </w:t>
+      </w:r>
+      <w:r w:rsidR="006C05BD" w:rsidRPr="00342BBF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">die </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00342BBF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Serien e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00342BBF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="004A2ABA" w:rsidRPr="00342BBF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00342BBF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00342BBF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>go</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00342BBF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A2ABA" w:rsidRPr="00342BBF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>sowie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00342BBF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006C05BD" w:rsidRPr="00342BBF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">den </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00342BBF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>RA 15-6</w:t>
+      </w:r>
+      <w:r w:rsidR="006C05BD" w:rsidRPr="00342BBF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>0, Ne</w:t>
+      </w:r>
+      <w:r w:rsidR="006C05BD" w:rsidRPr="00342BBF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:r w:rsidR="006C05BD" w:rsidRPr="00342BBF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>t und LUNOMAT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16219A5C" w14:textId="50B7278D" w:rsidR="00D93946" w:rsidRDefault="00715A26" w:rsidP="00D93946">
+      <w:r w:rsidRPr="00005B9E">
+        <w:t>Typ 5/SC-RF</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:br/>
+        <w:t>Steuereinheit für die Serie e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:t>, LUNOMAT und Ne</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:t xml:space="preserve">t sowie für die Ablüfter </w:t>
+      </w:r>
+      <w:r w:rsidR="00E766FA" w:rsidRPr="00005B9E">
+        <w:t xml:space="preserve">Serie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>go</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:t xml:space="preserve"> und RA 15-60 (Einstellung des Codier-Schalters notwendig)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:br/>
+        <w:t>Integriertes Funkmodul zur Kommunikation mit Komponenten der RF-Serie, wie z.B. 9/IBF-RF oder e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>go</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:t>-RF Serie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:br/>
+        <w:t>Ohne direkt angebundene Geräte als zentraler Master und Steuereinheit innerhalb des Funksystems verwendbar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:br/>
+        <w:t>Ausgestattet mit Feuchte- und Temperatursensor, Intervall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:br/>
+        <w:t>Komfortfunktionen wie Nachtabsenkung, Intensivlüftung und Sommerlüftung in Laufzeit und Stufe konfigurierbar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:br/>
+        <w:t>0-10V Steuereingang zur Anbindung an eine übergeordnete Automatisierung</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:br/>
+        <w:t>Inklusive LED zur Filterwechselanzeige und Anzeige der Funktionen Sommerlüften, Nachtabsenkung und Intensivlüftung</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:br/>
+        <w:t>Folientastatur zur Bedienung der Steuerung im Lieferumfang enthalten</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:br/>
+        <w:t>Einbau in eine tiefe Schalterdose (66 mm tief)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:br/>
+        <w:t>Technische Daten:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00AF46AE" w:rsidRPr="00342BBF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Farbe:</w:t>
+      </w:r>
+      <w:r w:rsidR="006C05BD" w:rsidRPr="00342BBF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> weiß</w:t>
+      </w:r>
+      <w:r w:rsidR="00D93946" w:rsidRPr="00342BBF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ähnlich RAL 9016)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB24CBC" w14:textId="60C1F21D" w:rsidR="000433F4" w:rsidRPr="00342BBF" w:rsidRDefault="00715A26" w:rsidP="00715A26">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005B9E">
+        <w:t>Betriebsspannung: 12 V DC SELV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:br/>
+        <w:t>Funktionsspannungsbereich: 0-10 V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:br/>
+        <w:t>Funkfrequenz: 868 MHz (bidirektional)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:br/>
+        <w:t>Betriebsschaltstrom: max. 5 A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:br/>
+        <w:t>Anschlussleistung: max. 60 W</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:br/>
+        <w:t xml:space="preserve">Maße (B x H </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00005B9E">
+        <w:t>x T</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00005B9E">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005B9E">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000433F4" w:rsidRPr="00342BBF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>des Bedienelementes 55 x 55 x 11 mm</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CA62FAE" w14:textId="37663621" w:rsidR="00715A26" w:rsidRDefault="000433F4" w:rsidP="00715A26">
+      <w:r w:rsidRPr="00342BBF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>des Rahmens 88 x 88 x 11 mm</w:t>
+      </w:r>
+      <w:r w:rsidR="00715A26" w:rsidRPr="00342BBF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">der Steuerung: 42 x 42 x </w:t>
+      </w:r>
+      <w:r w:rsidR="006C05BD" w:rsidRPr="00342BBF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D93946" w:rsidRPr="00342BBF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00715A26" w:rsidRPr="00342BBF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mm</w:t>
+      </w:r>
+      <w:r w:rsidR="00715A26" w:rsidRPr="00005B9E">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00715A26" w:rsidRPr="00005B9E">
+        <w:br/>
+        <w:t>Fabrikat LUNOS</w:t>
+      </w:r>
+      <w:r w:rsidR="00715A26" w:rsidRPr="00005B9E">
+        <w:br/>
+        <w:t>Typ 5/SC-RF</w:t>
+      </w:r>
+      <w:r w:rsidR="00715A26" w:rsidRPr="00005B9E">
+        <w:br/>
+        <w:t>Best.-Nr. 41197</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D70314E" w14:textId="583B83CD" w:rsidR="00005B9E" w:rsidRDefault="00005B9E">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00005B9E" w:rsidSect="007A3CDD">
+      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
+      <w:pgMar w:top="1418" w:right="1418" w:bottom="1134" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="69DE6B08" w14:textId="77777777" w:rsidR="00C50CD7" w:rsidRDefault="00C50CD7" w:rsidP="00C50CD7">
+    <w:p w14:paraId="2D5EBFF5" w14:textId="77777777" w:rsidR="002F5DAB" w:rsidRDefault="002F5DAB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E04692B" w14:textId="77777777" w:rsidR="00C50CD7" w:rsidRDefault="00C50CD7" w:rsidP="00C50CD7">
+    <w:p w14:paraId="6B5CF27C" w14:textId="77777777" w:rsidR="002F5DAB" w:rsidRDefault="002F5DAB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Goudy">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3271ADEC" w14:textId="77777777" w:rsidR="00C50CD7" w:rsidRDefault="00C50CD7">
+  <w:p w14:paraId="5512AB3E" w14:textId="77777777" w:rsidR="007A3CDD" w:rsidRPr="00A32955" w:rsidRDefault="007A3CDD" w:rsidP="00A32955">
     <w:pPr>
-      <w:pStyle w:val="Fuzeile"/>
-[...9 lines deleted...]
-      <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00C50CD7">
+    <w:r w:rsidRPr="00A32955">
       <w:rPr>
-        <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>LUNOS Lüftungstechnik GmbH &amp; Co. KG für Raumluftsysteme ∙ Wilhelmstraße 31 ∙ 13593 Berlin</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="537B6F1F" w14:textId="69BECC9D" w:rsidR="00C50CD7" w:rsidRPr="00C50CD7" w:rsidRDefault="00C50CD7" w:rsidP="00C50CD7">
+  <w:p w14:paraId="48404A68" w14:textId="77777777" w:rsidR="007A3CDD" w:rsidRPr="00A32955" w:rsidRDefault="007A3CDD" w:rsidP="00A32955">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00C50CD7">
+    <w:r w:rsidRPr="00A32955">
       <w:rPr>
-        <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Tel. +49 30 362 001-0 ∙ Fax +49 30 362 001-89</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4162E1B0" w14:textId="5871FDAC" w:rsidR="00C50CD7" w:rsidRPr="00C50CD7" w:rsidRDefault="00C50CD7" w:rsidP="00C50CD7">
+  <w:p w14:paraId="65734C4C" w14:textId="77777777" w:rsidR="007A3CDD" w:rsidRPr="00A32955" w:rsidRDefault="007A3CDD" w:rsidP="00A32955">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidRPr="00870C4D">
+      <w:r w:rsidRPr="00A32955">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>info@lunos.de</w:t>
       </w:r>
     </w:hyperlink>
-    <w:r>
-[...3 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+    <w:r w:rsidRPr="00A32955">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">∙ </w:t>
     </w:r>
     <w:hyperlink r:id="rId2" w:history="1">
-      <w:r w:rsidRPr="00C50CD7">
+      <w:r w:rsidRPr="00A32955">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>www.lunos.de</w:t>
       </w:r>
     </w:hyperlink>
-    <w:r w:rsidRPr="003D1B12">
-[...19 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22B39711" w14:textId="77777777" w:rsidR="00C50CD7" w:rsidRDefault="00C50CD7" w:rsidP="00C50CD7">
+    <w:p w14:paraId="210AFC85" w14:textId="77777777" w:rsidR="002F5DAB" w:rsidRDefault="002F5DAB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3A25EB26" w14:textId="77777777" w:rsidR="00C50CD7" w:rsidRDefault="00C50CD7" w:rsidP="00C50CD7">
+    <w:p w14:paraId="646E7EAD" w14:textId="77777777" w:rsidR="002F5DAB" w:rsidRDefault="002F5DAB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00050406"/>
-[...28 lines deleted...]
-    <w:rsid w:val="00FC31B9"/>
+    <w:rsidRoot w:val="007A3CDD"/>
+    <w:rsid w:val="00001803"/>
+    <w:rsid w:val="00005484"/>
+    <w:rsid w:val="000055DD"/>
+    <w:rsid w:val="00005B9E"/>
+    <w:rsid w:val="00007312"/>
+    <w:rsid w:val="00007D64"/>
+    <w:rsid w:val="0001183B"/>
+    <w:rsid w:val="00011B1B"/>
+    <w:rsid w:val="00014E9E"/>
+    <w:rsid w:val="00021D3E"/>
+    <w:rsid w:val="00022033"/>
+    <w:rsid w:val="00022BE7"/>
+    <w:rsid w:val="00024A54"/>
+    <w:rsid w:val="00032689"/>
+    <w:rsid w:val="000433F4"/>
+    <w:rsid w:val="00055DA6"/>
+    <w:rsid w:val="00057A1C"/>
+    <w:rsid w:val="00062927"/>
+    <w:rsid w:val="00066BE8"/>
+    <w:rsid w:val="000741A2"/>
+    <w:rsid w:val="000840D0"/>
+    <w:rsid w:val="00087519"/>
+    <w:rsid w:val="00090274"/>
+    <w:rsid w:val="000937D6"/>
+    <w:rsid w:val="000A1455"/>
+    <w:rsid w:val="000A75AA"/>
+    <w:rsid w:val="000B4987"/>
+    <w:rsid w:val="000B59AB"/>
+    <w:rsid w:val="000C0B46"/>
+    <w:rsid w:val="000C1BBE"/>
+    <w:rsid w:val="000C2E26"/>
+    <w:rsid w:val="000C46E5"/>
+    <w:rsid w:val="000C5606"/>
+    <w:rsid w:val="000D1AD5"/>
+    <w:rsid w:val="000D38B4"/>
+    <w:rsid w:val="000F5AFE"/>
+    <w:rsid w:val="00101AFA"/>
+    <w:rsid w:val="001053CD"/>
+    <w:rsid w:val="0010662F"/>
+    <w:rsid w:val="001066A2"/>
+    <w:rsid w:val="00110E08"/>
+    <w:rsid w:val="00114582"/>
+    <w:rsid w:val="001209D4"/>
+    <w:rsid w:val="001217A6"/>
+    <w:rsid w:val="00124ABB"/>
+    <w:rsid w:val="00124E7F"/>
+    <w:rsid w:val="00125E7B"/>
+    <w:rsid w:val="001267DA"/>
+    <w:rsid w:val="00132A67"/>
+    <w:rsid w:val="0013393A"/>
+    <w:rsid w:val="0013400A"/>
+    <w:rsid w:val="00143548"/>
+    <w:rsid w:val="00146F89"/>
+    <w:rsid w:val="00150309"/>
+    <w:rsid w:val="00152593"/>
+    <w:rsid w:val="001558D9"/>
+    <w:rsid w:val="00157009"/>
+    <w:rsid w:val="00161832"/>
+    <w:rsid w:val="0016743E"/>
+    <w:rsid w:val="00170ADB"/>
+    <w:rsid w:val="0017197D"/>
+    <w:rsid w:val="00174304"/>
+    <w:rsid w:val="001851F9"/>
+    <w:rsid w:val="001856A5"/>
+    <w:rsid w:val="00187D57"/>
+    <w:rsid w:val="00190837"/>
+    <w:rsid w:val="00191449"/>
+    <w:rsid w:val="00192D22"/>
+    <w:rsid w:val="001A1781"/>
+    <w:rsid w:val="001A6215"/>
+    <w:rsid w:val="001A677F"/>
+    <w:rsid w:val="001B0D23"/>
+    <w:rsid w:val="001B202B"/>
+    <w:rsid w:val="001B5A16"/>
+    <w:rsid w:val="001E498D"/>
+    <w:rsid w:val="001E53DE"/>
+    <w:rsid w:val="001F2EFE"/>
+    <w:rsid w:val="001F7EB0"/>
+    <w:rsid w:val="00203BD2"/>
+    <w:rsid w:val="00205D9F"/>
+    <w:rsid w:val="00215237"/>
+    <w:rsid w:val="002240DE"/>
+    <w:rsid w:val="002374EA"/>
+    <w:rsid w:val="002455F4"/>
+    <w:rsid w:val="00254272"/>
+    <w:rsid w:val="002546B9"/>
+    <w:rsid w:val="002572C2"/>
+    <w:rsid w:val="002669D2"/>
+    <w:rsid w:val="00276578"/>
+    <w:rsid w:val="00276A60"/>
+    <w:rsid w:val="002869C4"/>
+    <w:rsid w:val="00290BE1"/>
+    <w:rsid w:val="00292EDA"/>
+    <w:rsid w:val="002A34F5"/>
+    <w:rsid w:val="002A384A"/>
+    <w:rsid w:val="002A57C8"/>
+    <w:rsid w:val="002A6146"/>
+    <w:rsid w:val="002B3F62"/>
+    <w:rsid w:val="002B71F2"/>
+    <w:rsid w:val="002D3DC3"/>
+    <w:rsid w:val="002D73D6"/>
+    <w:rsid w:val="002E0848"/>
+    <w:rsid w:val="002E3EEA"/>
+    <w:rsid w:val="002E454F"/>
+    <w:rsid w:val="002E5487"/>
+    <w:rsid w:val="002F3BC8"/>
+    <w:rsid w:val="002F5DAB"/>
+    <w:rsid w:val="002F6428"/>
+    <w:rsid w:val="002F6882"/>
+    <w:rsid w:val="002F790D"/>
+    <w:rsid w:val="003023F7"/>
+    <w:rsid w:val="003109F2"/>
+    <w:rsid w:val="0031105D"/>
+    <w:rsid w:val="00314798"/>
+    <w:rsid w:val="003155BC"/>
+    <w:rsid w:val="0031600E"/>
+    <w:rsid w:val="00316BEC"/>
+    <w:rsid w:val="003235BA"/>
+    <w:rsid w:val="00330500"/>
+    <w:rsid w:val="00342BBF"/>
+    <w:rsid w:val="00343B0C"/>
+    <w:rsid w:val="003453EE"/>
+    <w:rsid w:val="003463A4"/>
+    <w:rsid w:val="00356A25"/>
+    <w:rsid w:val="00361EB1"/>
+    <w:rsid w:val="00362A4C"/>
+    <w:rsid w:val="0036692B"/>
+    <w:rsid w:val="00373518"/>
+    <w:rsid w:val="00376DF3"/>
+    <w:rsid w:val="00381AED"/>
+    <w:rsid w:val="00381CA7"/>
+    <w:rsid w:val="00381D8E"/>
+    <w:rsid w:val="00383E0D"/>
+    <w:rsid w:val="0038529D"/>
+    <w:rsid w:val="003864F9"/>
+    <w:rsid w:val="003923A8"/>
+    <w:rsid w:val="003961D7"/>
+    <w:rsid w:val="003A00E4"/>
+    <w:rsid w:val="003A4A84"/>
+    <w:rsid w:val="003A62AC"/>
+    <w:rsid w:val="003B3A48"/>
+    <w:rsid w:val="003B4E54"/>
+    <w:rsid w:val="003B6CA8"/>
+    <w:rsid w:val="003C31F5"/>
+    <w:rsid w:val="003C36AD"/>
+    <w:rsid w:val="003D15BA"/>
+    <w:rsid w:val="003D252A"/>
+    <w:rsid w:val="003D595A"/>
+    <w:rsid w:val="003E0F58"/>
+    <w:rsid w:val="003E1194"/>
+    <w:rsid w:val="003E6CEB"/>
+    <w:rsid w:val="003F31A8"/>
+    <w:rsid w:val="003F4259"/>
+    <w:rsid w:val="004011FE"/>
+    <w:rsid w:val="00402F99"/>
+    <w:rsid w:val="004130B3"/>
+    <w:rsid w:val="004138F1"/>
+    <w:rsid w:val="004167F3"/>
+    <w:rsid w:val="00421587"/>
+    <w:rsid w:val="00426A4C"/>
+    <w:rsid w:val="004303F5"/>
+    <w:rsid w:val="00430DED"/>
+    <w:rsid w:val="00431C26"/>
+    <w:rsid w:val="00434715"/>
+    <w:rsid w:val="00445EE6"/>
+    <w:rsid w:val="00454D1D"/>
+    <w:rsid w:val="0045520C"/>
+    <w:rsid w:val="00460D88"/>
+    <w:rsid w:val="00467FE0"/>
+    <w:rsid w:val="004730EC"/>
+    <w:rsid w:val="004738C6"/>
+    <w:rsid w:val="004905A1"/>
+    <w:rsid w:val="00493B5C"/>
+    <w:rsid w:val="00494104"/>
+    <w:rsid w:val="004A2ABA"/>
+    <w:rsid w:val="004B52D6"/>
+    <w:rsid w:val="004B6869"/>
+    <w:rsid w:val="004C6152"/>
+    <w:rsid w:val="004C6289"/>
+    <w:rsid w:val="004D04E1"/>
+    <w:rsid w:val="004D1D79"/>
+    <w:rsid w:val="004D2203"/>
+    <w:rsid w:val="004D2EE3"/>
+    <w:rsid w:val="004D3F8B"/>
+    <w:rsid w:val="004E093B"/>
+    <w:rsid w:val="004E462E"/>
+    <w:rsid w:val="004F0F19"/>
+    <w:rsid w:val="004F1494"/>
+    <w:rsid w:val="00501217"/>
+    <w:rsid w:val="005031B6"/>
+    <w:rsid w:val="00504A52"/>
+    <w:rsid w:val="00512F6A"/>
+    <w:rsid w:val="005339EA"/>
+    <w:rsid w:val="00540605"/>
+    <w:rsid w:val="005453C1"/>
+    <w:rsid w:val="005465A8"/>
+    <w:rsid w:val="005478B0"/>
+    <w:rsid w:val="00550F4F"/>
+    <w:rsid w:val="00551081"/>
+    <w:rsid w:val="0055760B"/>
+    <w:rsid w:val="00557B49"/>
+    <w:rsid w:val="0056146D"/>
+    <w:rsid w:val="00563076"/>
+    <w:rsid w:val="00572C83"/>
+    <w:rsid w:val="005747EE"/>
+    <w:rsid w:val="00576D94"/>
+    <w:rsid w:val="00580914"/>
+    <w:rsid w:val="00581A67"/>
+    <w:rsid w:val="0058337E"/>
+    <w:rsid w:val="00584DFB"/>
+    <w:rsid w:val="00584E7D"/>
+    <w:rsid w:val="005864B9"/>
+    <w:rsid w:val="00587D4D"/>
+    <w:rsid w:val="00597242"/>
+    <w:rsid w:val="005A270D"/>
+    <w:rsid w:val="005A388A"/>
+    <w:rsid w:val="005A530D"/>
+    <w:rsid w:val="005A673C"/>
+    <w:rsid w:val="005C0120"/>
+    <w:rsid w:val="005C244C"/>
+    <w:rsid w:val="005D073F"/>
+    <w:rsid w:val="005E0AE9"/>
+    <w:rsid w:val="005E1A9A"/>
+    <w:rsid w:val="005E4326"/>
+    <w:rsid w:val="005E7CFC"/>
+    <w:rsid w:val="005F2129"/>
+    <w:rsid w:val="005F28D4"/>
+    <w:rsid w:val="005F45E1"/>
+    <w:rsid w:val="00601C15"/>
+    <w:rsid w:val="00604C74"/>
+    <w:rsid w:val="006058CC"/>
+    <w:rsid w:val="006136E0"/>
+    <w:rsid w:val="00615E3E"/>
+    <w:rsid w:val="006178AC"/>
+    <w:rsid w:val="00620D43"/>
+    <w:rsid w:val="00622C61"/>
+    <w:rsid w:val="00633248"/>
+    <w:rsid w:val="006340C1"/>
+    <w:rsid w:val="00636827"/>
+    <w:rsid w:val="00645280"/>
+    <w:rsid w:val="0064714E"/>
+    <w:rsid w:val="00647ED8"/>
+    <w:rsid w:val="0065561C"/>
+    <w:rsid w:val="00657011"/>
+    <w:rsid w:val="006627D0"/>
+    <w:rsid w:val="0066794F"/>
+    <w:rsid w:val="00667D2F"/>
+    <w:rsid w:val="00672790"/>
+    <w:rsid w:val="0067600B"/>
+    <w:rsid w:val="0067778F"/>
+    <w:rsid w:val="006806F3"/>
+    <w:rsid w:val="006845AB"/>
+    <w:rsid w:val="00687B34"/>
+    <w:rsid w:val="00691D23"/>
+    <w:rsid w:val="00694E4E"/>
+    <w:rsid w:val="006A2C44"/>
+    <w:rsid w:val="006A31F4"/>
+    <w:rsid w:val="006A68C5"/>
+    <w:rsid w:val="006A7F5E"/>
+    <w:rsid w:val="006B0435"/>
+    <w:rsid w:val="006B477D"/>
+    <w:rsid w:val="006B6290"/>
+    <w:rsid w:val="006C0188"/>
+    <w:rsid w:val="006C05BD"/>
+    <w:rsid w:val="006D7983"/>
+    <w:rsid w:val="006E1E26"/>
+    <w:rsid w:val="006F2E87"/>
+    <w:rsid w:val="006F7D80"/>
+    <w:rsid w:val="00706EED"/>
+    <w:rsid w:val="00712AC5"/>
+    <w:rsid w:val="00715A26"/>
+    <w:rsid w:val="00717B75"/>
+    <w:rsid w:val="0072128D"/>
+    <w:rsid w:val="007249BF"/>
+    <w:rsid w:val="00736A9A"/>
+    <w:rsid w:val="007407D5"/>
+    <w:rsid w:val="007420B5"/>
+    <w:rsid w:val="00743A87"/>
+    <w:rsid w:val="00761D81"/>
+    <w:rsid w:val="00763D38"/>
+    <w:rsid w:val="007664EF"/>
+    <w:rsid w:val="00771124"/>
+    <w:rsid w:val="007733BA"/>
+    <w:rsid w:val="007772A5"/>
+    <w:rsid w:val="00785DDB"/>
+    <w:rsid w:val="00787E17"/>
+    <w:rsid w:val="00794AC5"/>
+    <w:rsid w:val="007A02FA"/>
+    <w:rsid w:val="007A28B9"/>
+    <w:rsid w:val="007A2C5E"/>
+    <w:rsid w:val="007A3AB6"/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:rsid w:val="007B04BF"/>
+    <w:rsid w:val="007B3C51"/>
+    <w:rsid w:val="007B5F0D"/>
+    <w:rsid w:val="007C04EF"/>
+    <w:rsid w:val="007C5E57"/>
+    <w:rsid w:val="007C7F9C"/>
+    <w:rsid w:val="007D25F2"/>
+    <w:rsid w:val="007D2ECB"/>
+    <w:rsid w:val="007D346C"/>
+    <w:rsid w:val="007D417D"/>
+    <w:rsid w:val="007E79B6"/>
+    <w:rsid w:val="007F08C1"/>
+    <w:rsid w:val="007F1858"/>
+    <w:rsid w:val="00801065"/>
+    <w:rsid w:val="00803E66"/>
+    <w:rsid w:val="008044F0"/>
+    <w:rsid w:val="00822276"/>
+    <w:rsid w:val="00823DEA"/>
+    <w:rsid w:val="00825E64"/>
+    <w:rsid w:val="00827700"/>
+    <w:rsid w:val="008317F5"/>
+    <w:rsid w:val="00832CBD"/>
+    <w:rsid w:val="008349CA"/>
+    <w:rsid w:val="0083745E"/>
+    <w:rsid w:val="00841E09"/>
+    <w:rsid w:val="0084439D"/>
+    <w:rsid w:val="00845636"/>
+    <w:rsid w:val="00845CF2"/>
+    <w:rsid w:val="0085074D"/>
+    <w:rsid w:val="00872695"/>
+    <w:rsid w:val="008734C0"/>
+    <w:rsid w:val="008737E3"/>
+    <w:rsid w:val="00873B1B"/>
+    <w:rsid w:val="008779F1"/>
+    <w:rsid w:val="00880F25"/>
+    <w:rsid w:val="008810C9"/>
+    <w:rsid w:val="00891AC2"/>
+    <w:rsid w:val="00894BF5"/>
+    <w:rsid w:val="00897CAB"/>
+    <w:rsid w:val="008A06F7"/>
+    <w:rsid w:val="008A21A8"/>
+    <w:rsid w:val="008B1EF2"/>
+    <w:rsid w:val="008B3AB3"/>
+    <w:rsid w:val="008B6E2C"/>
+    <w:rsid w:val="008B7990"/>
+    <w:rsid w:val="008C294A"/>
+    <w:rsid w:val="008C4C9D"/>
+    <w:rsid w:val="008D076E"/>
+    <w:rsid w:val="008D2F81"/>
+    <w:rsid w:val="008E17DE"/>
+    <w:rsid w:val="008E1A00"/>
+    <w:rsid w:val="008F5CE1"/>
+    <w:rsid w:val="00900FF9"/>
+    <w:rsid w:val="00913FE3"/>
+    <w:rsid w:val="00921390"/>
+    <w:rsid w:val="00923A10"/>
+    <w:rsid w:val="00925D37"/>
+    <w:rsid w:val="00927BEC"/>
+    <w:rsid w:val="00931AE4"/>
+    <w:rsid w:val="00932412"/>
+    <w:rsid w:val="00936500"/>
+    <w:rsid w:val="00941758"/>
+    <w:rsid w:val="009464F4"/>
+    <w:rsid w:val="0094792F"/>
+    <w:rsid w:val="00951489"/>
+    <w:rsid w:val="009639E4"/>
+    <w:rsid w:val="00966AAC"/>
+    <w:rsid w:val="00967A9A"/>
+    <w:rsid w:val="00967F7D"/>
+    <w:rsid w:val="00972089"/>
+    <w:rsid w:val="00972C30"/>
+    <w:rsid w:val="0097511D"/>
+    <w:rsid w:val="00977BEE"/>
+    <w:rsid w:val="009842C6"/>
+    <w:rsid w:val="0098443A"/>
+    <w:rsid w:val="00984504"/>
+    <w:rsid w:val="00994339"/>
+    <w:rsid w:val="00996DE3"/>
+    <w:rsid w:val="00997B3F"/>
+    <w:rsid w:val="009A3A99"/>
+    <w:rsid w:val="009B2202"/>
+    <w:rsid w:val="009B40FD"/>
+    <w:rsid w:val="009B5691"/>
+    <w:rsid w:val="009C7F40"/>
+    <w:rsid w:val="009D1651"/>
+    <w:rsid w:val="009D37DE"/>
+    <w:rsid w:val="009D5145"/>
+    <w:rsid w:val="009D78DC"/>
+    <w:rsid w:val="009E2CD3"/>
+    <w:rsid w:val="009E713C"/>
+    <w:rsid w:val="009F5BC1"/>
+    <w:rsid w:val="00A04787"/>
+    <w:rsid w:val="00A13CE8"/>
+    <w:rsid w:val="00A1595F"/>
+    <w:rsid w:val="00A17F6A"/>
+    <w:rsid w:val="00A2290D"/>
+    <w:rsid w:val="00A25B8B"/>
+    <w:rsid w:val="00A26B4D"/>
+    <w:rsid w:val="00A3436B"/>
+    <w:rsid w:val="00A54511"/>
+    <w:rsid w:val="00A61027"/>
+    <w:rsid w:val="00A65F6C"/>
+    <w:rsid w:val="00A727D0"/>
+    <w:rsid w:val="00A7476C"/>
+    <w:rsid w:val="00A75A25"/>
+    <w:rsid w:val="00A81638"/>
+    <w:rsid w:val="00A81B89"/>
+    <w:rsid w:val="00A836A5"/>
+    <w:rsid w:val="00A865B3"/>
+    <w:rsid w:val="00A86E53"/>
+    <w:rsid w:val="00A87086"/>
+    <w:rsid w:val="00A9077E"/>
+    <w:rsid w:val="00A90E5E"/>
+    <w:rsid w:val="00A93A84"/>
+    <w:rsid w:val="00A95849"/>
+    <w:rsid w:val="00A96161"/>
+    <w:rsid w:val="00A970FD"/>
+    <w:rsid w:val="00AA21A5"/>
+    <w:rsid w:val="00AA550E"/>
+    <w:rsid w:val="00AB242A"/>
+    <w:rsid w:val="00AB4C0F"/>
+    <w:rsid w:val="00AB4FAC"/>
+    <w:rsid w:val="00AB69B2"/>
+    <w:rsid w:val="00AB7DB6"/>
+    <w:rsid w:val="00AC3654"/>
+    <w:rsid w:val="00AD1C6E"/>
+    <w:rsid w:val="00AD3496"/>
+    <w:rsid w:val="00AD49B7"/>
+    <w:rsid w:val="00AE0885"/>
+    <w:rsid w:val="00AE46B2"/>
+    <w:rsid w:val="00AE67B5"/>
+    <w:rsid w:val="00AF46AE"/>
+    <w:rsid w:val="00AF66A4"/>
+    <w:rsid w:val="00B019AF"/>
+    <w:rsid w:val="00B038FF"/>
+    <w:rsid w:val="00B07B1B"/>
+    <w:rsid w:val="00B10D6A"/>
+    <w:rsid w:val="00B13A2A"/>
+    <w:rsid w:val="00B1573A"/>
+    <w:rsid w:val="00B16149"/>
+    <w:rsid w:val="00B17053"/>
+    <w:rsid w:val="00B2329E"/>
+    <w:rsid w:val="00B25453"/>
+    <w:rsid w:val="00B25E3D"/>
+    <w:rsid w:val="00B267CA"/>
+    <w:rsid w:val="00B26B75"/>
+    <w:rsid w:val="00B3361F"/>
+    <w:rsid w:val="00B34175"/>
+    <w:rsid w:val="00B42CF6"/>
+    <w:rsid w:val="00B43269"/>
+    <w:rsid w:val="00B47730"/>
+    <w:rsid w:val="00B542A8"/>
+    <w:rsid w:val="00B55B63"/>
+    <w:rsid w:val="00B60CF6"/>
+    <w:rsid w:val="00B73C71"/>
+    <w:rsid w:val="00B74D2C"/>
+    <w:rsid w:val="00B74DED"/>
+    <w:rsid w:val="00B77708"/>
+    <w:rsid w:val="00B8216A"/>
+    <w:rsid w:val="00B82BCE"/>
+    <w:rsid w:val="00B86160"/>
+    <w:rsid w:val="00B9020F"/>
+    <w:rsid w:val="00B96ABD"/>
+    <w:rsid w:val="00B97CBD"/>
+    <w:rsid w:val="00BA2341"/>
+    <w:rsid w:val="00BA4CF5"/>
+    <w:rsid w:val="00BA5137"/>
+    <w:rsid w:val="00BA5AE6"/>
+    <w:rsid w:val="00BA65C0"/>
+    <w:rsid w:val="00BB2249"/>
+    <w:rsid w:val="00BB513E"/>
+    <w:rsid w:val="00BC5A7F"/>
+    <w:rsid w:val="00BC6BF1"/>
+    <w:rsid w:val="00BC7DBF"/>
+    <w:rsid w:val="00BE0136"/>
+    <w:rsid w:val="00BE0FE6"/>
+    <w:rsid w:val="00BF2725"/>
+    <w:rsid w:val="00BF716C"/>
+    <w:rsid w:val="00C11E57"/>
+    <w:rsid w:val="00C22ABE"/>
+    <w:rsid w:val="00C25A24"/>
+    <w:rsid w:val="00C30798"/>
+    <w:rsid w:val="00C30C23"/>
+    <w:rsid w:val="00C37739"/>
+    <w:rsid w:val="00C45832"/>
+    <w:rsid w:val="00C47644"/>
+    <w:rsid w:val="00C51EA5"/>
+    <w:rsid w:val="00C53A34"/>
+    <w:rsid w:val="00C54F22"/>
+    <w:rsid w:val="00C57F70"/>
+    <w:rsid w:val="00C609AF"/>
+    <w:rsid w:val="00C60FE3"/>
+    <w:rsid w:val="00C650F1"/>
+    <w:rsid w:val="00C6730A"/>
+    <w:rsid w:val="00C67DBA"/>
+    <w:rsid w:val="00C769F0"/>
+    <w:rsid w:val="00C76DF0"/>
+    <w:rsid w:val="00C77042"/>
+    <w:rsid w:val="00C77A38"/>
+    <w:rsid w:val="00C77FF7"/>
+    <w:rsid w:val="00C9202D"/>
+    <w:rsid w:val="00C9498E"/>
+    <w:rsid w:val="00CA31B9"/>
+    <w:rsid w:val="00CA4336"/>
+    <w:rsid w:val="00CA5179"/>
+    <w:rsid w:val="00CA5648"/>
+    <w:rsid w:val="00CA76BF"/>
+    <w:rsid w:val="00CB0E6C"/>
+    <w:rsid w:val="00CB2D53"/>
+    <w:rsid w:val="00CC611C"/>
+    <w:rsid w:val="00CC6345"/>
+    <w:rsid w:val="00CC7FBF"/>
+    <w:rsid w:val="00CE127C"/>
+    <w:rsid w:val="00CF48A5"/>
+    <w:rsid w:val="00CF683D"/>
+    <w:rsid w:val="00D02080"/>
+    <w:rsid w:val="00D12A0F"/>
+    <w:rsid w:val="00D14454"/>
+    <w:rsid w:val="00D14C32"/>
+    <w:rsid w:val="00D2214C"/>
+    <w:rsid w:val="00D2315F"/>
+    <w:rsid w:val="00D24D28"/>
+    <w:rsid w:val="00D354DB"/>
+    <w:rsid w:val="00D40C33"/>
+    <w:rsid w:val="00D42A69"/>
+    <w:rsid w:val="00D43D07"/>
+    <w:rsid w:val="00D46B14"/>
+    <w:rsid w:val="00D477B2"/>
+    <w:rsid w:val="00D478C3"/>
+    <w:rsid w:val="00D70AF2"/>
+    <w:rsid w:val="00D72AAD"/>
+    <w:rsid w:val="00D73E5F"/>
+    <w:rsid w:val="00D75DD8"/>
+    <w:rsid w:val="00D8192A"/>
+    <w:rsid w:val="00D86762"/>
+    <w:rsid w:val="00D90286"/>
+    <w:rsid w:val="00D92C55"/>
+    <w:rsid w:val="00D93946"/>
+    <w:rsid w:val="00DA6E46"/>
+    <w:rsid w:val="00DB1209"/>
+    <w:rsid w:val="00DB1D48"/>
+    <w:rsid w:val="00DB262B"/>
+    <w:rsid w:val="00DC24D4"/>
+    <w:rsid w:val="00DC4052"/>
+    <w:rsid w:val="00DC635F"/>
+    <w:rsid w:val="00DC6AD1"/>
+    <w:rsid w:val="00DC6DC8"/>
+    <w:rsid w:val="00DD34FB"/>
+    <w:rsid w:val="00DE0C83"/>
+    <w:rsid w:val="00DE0F13"/>
+    <w:rsid w:val="00DE3875"/>
+    <w:rsid w:val="00DF6E61"/>
+    <w:rsid w:val="00E04250"/>
+    <w:rsid w:val="00E1125D"/>
+    <w:rsid w:val="00E123C4"/>
+    <w:rsid w:val="00E142E1"/>
+    <w:rsid w:val="00E207AB"/>
+    <w:rsid w:val="00E23E51"/>
+    <w:rsid w:val="00E32FB8"/>
+    <w:rsid w:val="00E373D1"/>
+    <w:rsid w:val="00E427D0"/>
+    <w:rsid w:val="00E448A2"/>
+    <w:rsid w:val="00E45B05"/>
+    <w:rsid w:val="00E519EB"/>
+    <w:rsid w:val="00E548E4"/>
+    <w:rsid w:val="00E57529"/>
+    <w:rsid w:val="00E61313"/>
+    <w:rsid w:val="00E61CB8"/>
+    <w:rsid w:val="00E63C80"/>
+    <w:rsid w:val="00E641BB"/>
+    <w:rsid w:val="00E66C08"/>
+    <w:rsid w:val="00E7000F"/>
+    <w:rsid w:val="00E73266"/>
+    <w:rsid w:val="00E752B9"/>
+    <w:rsid w:val="00E766FA"/>
+    <w:rsid w:val="00E82F6B"/>
+    <w:rsid w:val="00E850B6"/>
+    <w:rsid w:val="00E85A0B"/>
+    <w:rsid w:val="00E904B8"/>
+    <w:rsid w:val="00E94AEE"/>
+    <w:rsid w:val="00EA1386"/>
+    <w:rsid w:val="00EA2017"/>
+    <w:rsid w:val="00EA328E"/>
+    <w:rsid w:val="00EA33C5"/>
+    <w:rsid w:val="00EB1C28"/>
+    <w:rsid w:val="00EB59E2"/>
+    <w:rsid w:val="00EB7A7B"/>
+    <w:rsid w:val="00EC037E"/>
+    <w:rsid w:val="00EC226D"/>
+    <w:rsid w:val="00EC3C5A"/>
+    <w:rsid w:val="00ED1B37"/>
+    <w:rsid w:val="00ED51A8"/>
+    <w:rsid w:val="00EE0181"/>
+    <w:rsid w:val="00EE36A4"/>
+    <w:rsid w:val="00EE39B7"/>
+    <w:rsid w:val="00EE4CC8"/>
+    <w:rsid w:val="00EE540A"/>
+    <w:rsid w:val="00EF1E8A"/>
+    <w:rsid w:val="00EF494A"/>
+    <w:rsid w:val="00F0572B"/>
+    <w:rsid w:val="00F05904"/>
+    <w:rsid w:val="00F06A1D"/>
+    <w:rsid w:val="00F177EA"/>
+    <w:rsid w:val="00F2229C"/>
+    <w:rsid w:val="00F23377"/>
+    <w:rsid w:val="00F23A23"/>
+    <w:rsid w:val="00F27AE3"/>
+    <w:rsid w:val="00F32903"/>
+    <w:rsid w:val="00F3500B"/>
+    <w:rsid w:val="00F45D38"/>
+    <w:rsid w:val="00F56C9E"/>
+    <w:rsid w:val="00F57F40"/>
+    <w:rsid w:val="00F65ED4"/>
+    <w:rsid w:val="00F71B51"/>
+    <w:rsid w:val="00F7443E"/>
+    <w:rsid w:val="00F772D6"/>
+    <w:rsid w:val="00F77DEF"/>
+    <w:rsid w:val="00F8538F"/>
+    <w:rsid w:val="00F87362"/>
+    <w:rsid w:val="00F87CC0"/>
+    <w:rsid w:val="00F87EFE"/>
+    <w:rsid w:val="00F90130"/>
+    <w:rsid w:val="00F91832"/>
+    <w:rsid w:val="00FB5FDF"/>
+    <w:rsid w:val="00FC3D6B"/>
+    <w:rsid w:val="00FD5297"/>
+    <w:rsid w:val="00FD7796"/>
+    <w:rsid w:val="00FE0F07"/>
+    <w:rsid w:val="00FE130A"/>
+    <w:rsid w:val="00FE196B"/>
+    <w:rsid w:val="00FE2E74"/>
+    <w:rsid w:val="00FE3F15"/>
+    <w:rsid w:val="00FE6C08"/>
+    <w:rsid w:val="00FF03F9"/>
+    <w:rsid w:val="00FF4CD3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="323A6911"/>
+  <w14:docId w14:val="28517677"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{BA128034-CD6F-4218-9796-AFCBC4ADD420}"/>
+  <w15:docId w15:val="{34A0BBEF-E705-45A0-8E8C-5C07D78A661F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
-    <w:lsdException w:name="Salutation" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2176,412 +1743,958 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:autoRedefine/>
     <w:qFormat/>
-    <w:rsid w:val="00050406"/>
+    <w:rsid w:val="007A3CDD"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Goudy"/>
-      <w:sz w:val="24"/>
+      <w:kern w:val="0"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="de-DE"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift1Zchn"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00050406"/>
+    <w:rsid w:val="007A3CDD"/>
     <w:pPr>
       <w:keepNext/>
-      <w:jc w:val="center"/>
+      <w:keepLines/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="360" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:textAlignment w:val="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...1 lines deleted...]
-      <w:sz w:val="22"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift2Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="160" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:textAlignment w:val="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift3Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="160" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:textAlignment w:val="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift4Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="80" w:after="40" w:line="278" w:lineRule="auto"/>
+      <w:textAlignment w:val="auto"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift5Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="80" w:after="40" w:line="278" w:lineRule="auto"/>
+      <w:textAlignment w:val="auto"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift6Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="40" w:line="278" w:lineRule="auto"/>
+      <w:textAlignment w:val="auto"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="2"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift7Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="40" w:line="278" w:lineRule="auto"/>
+      <w:textAlignment w:val="auto"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="2"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift8Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+      <w:textAlignment w:val="auto"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="2"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift9Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+      <w:textAlignment w:val="auto"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="2"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="berschrift1Zchn">
     <w:name w:val="Überschrift 1 Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="berschrift1"/>
-    <w:rsid w:val="00050406"/>
-[...1 lines deleted...]
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Goudy"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift2Zchn">
+    <w:name w:val="Überschrift 2 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift3Zchn">
+    <w:name w:val="Überschrift 3 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift4Zchn">
+    <w:name w:val="Überschrift 4 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift5Zchn">
+    <w:name w:val="Überschrift 5 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift6Zchn">
+    <w:name w:val="Überschrift 6 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift7Zchn">
+    <w:name w:val="Überschrift 7 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift8Zchn">
+    <w:name w:val="Überschrift 8 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift9Zchn">
+    <w:name w:val="Überschrift 9 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titel">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="TitelZchn"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="80"/>
+      <w:contextualSpacing/>
+      <w:textAlignment w:val="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitelZchn">
+    <w:name w:val="Titel Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Titel"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Untertitel">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="UntertitelZchn"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      <w:textAlignment w:val="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UntertitelZchn">
+    <w:name w:val="Untertitel Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Untertitel"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Zitat">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="ZitatZchn"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="160" w:after="160" w:line="278" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:kern w:val="2"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZitatZchn">
+    <w:name w:val="Zitat Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Zitat"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Listenabsatz">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Standard"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+      <w:textAlignment w:val="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntensiveHervorhebung">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntensivesZitat">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="IntensivesZitatZchn"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="360" w:after="360" w:line="278" w:lineRule="auto"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntensivesZitatZchn">
+    <w:name w:val="Intensives Zitat Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="IntensivesZitat"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntensiverVerweis">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="007A3CDD"/>
+    <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:szCs w:val="20"/>
-[...86 lines deleted...]
-      <w:lang w:eastAsia="de-DE"/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kopfzeile">
     <w:name w:val="header"/>
     <w:basedOn w:val="Standard"/>
     <w:link w:val="KopfzeileZchn"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C50CD7"/>
+    <w:rsid w:val="007A3CDD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KopfzeileZchn">
     <w:name w:val="Kopfzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Kopfzeile"/>
-    <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00C50CD7"/>
+    <w:rsid w:val="007A3CDD"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Goudy"/>
-      <w:sz w:val="24"/>
+      <w:kern w:val="0"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="de-DE"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Fuzeile">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Standard"/>
     <w:link w:val="FuzeileZchn"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C50CD7"/>
+    <w:rsid w:val="007A3CDD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
-    <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00C50CD7"/>
+    <w:rsid w:val="007A3CDD"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Goudy"/>
-      <w:sz w:val="24"/>
+      <w:kern w:val="0"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="de-DE"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="00C50CD7"/>
+    <w:rsid w:val="007A3CDD"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="paragraph" w:styleId="NurText">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="NurTextZchn"/>
+    <w:rsid w:val="00190837"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="MS Mincho" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NurTextZchn">
+    <w:name w:val="Nur Text Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
-    <w:uiPriority w:val="99"/>
-[...5 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    <w:link w:val="NurText"/>
+    <w:rsid w:val="00190837"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="MS Mincho" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="de-DE"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lunos.de" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@lunos.de" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -2682,81 +2795,81 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{59D1D62E-F25B-488E-A820-DAEC18455842}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>185</Words>
-  <Characters>1166</Characters>
+  <Characters>1172</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1349</CharactersWithSpaces>
+  <CharactersWithSpaces>1355</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Daniel Wewetzer</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>